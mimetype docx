--- v0 (2025-10-18)
+++ v1 (2026-02-11)
@@ -1,323 +1,308 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10627"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F76A72" w:rsidRPr="007A5C86" w14:paraId="099C2C53" w14:textId="77777777" w:rsidTr="00C41FE0">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="1B182DA7" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="00F8228E" w:rsidRDefault="00F76A72" w:rsidP="00083671">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8228E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone Non IgE Cow’s Milk Allergy Rapid Access Clinic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76A72" w:rsidRPr="007A5C86" w14:paraId="716B8743" w14:textId="77777777" w:rsidTr="00C94669">
         <w:trPr>
           <w:trHeight w:val="13078"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10627" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="475D18A9" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="00E87411" w:rsidRDefault="00F76A72" w:rsidP="00C82DA7">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5987E130" w14:textId="55F70DC3" w:rsidR="00F76A72" w:rsidRPr="008D466E" w:rsidRDefault="00F76A72" w:rsidP="00E94627">
+          <w:p w14:paraId="5987E130" w14:textId="55F70DC3" w:rsidR="00F76A72" w:rsidRPr="003E7777" w:rsidRDefault="00F76A72" w:rsidP="00E94627">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D466E">
+            <w:r w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">Form </w:t>
             </w:r>
-            <w:r w:rsidR="00E94627" w:rsidRPr="008D466E">
+            <w:r w:rsidR="00E94627" w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>for use</w:t>
             </w:r>
-            <w:r w:rsidRPr="008D466E">
+            <w:r w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve"> DURING consultation with parent/guardian and sent via </w:t>
             </w:r>
-            <w:r w:rsidR="00C41FE0" w:rsidRPr="008D466E">
+            <w:r w:rsidR="00C41FE0" w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="008D466E">
+            <w:r w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>RS</w:t>
             </w:r>
-            <w:r w:rsidR="00C41FE0" w:rsidRPr="008D466E">
+            <w:r w:rsidR="00C41FE0" w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>/EVS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CD6C774" w14:textId="076F1943" w:rsidR="00F76A72" w:rsidRPr="00BE1EB3" w:rsidRDefault="00C41FE0" w:rsidP="00E94627">
+          <w:p w14:paraId="4CD6C774" w14:textId="076F1943" w:rsidR="00F76A72" w:rsidRPr="003E7777" w:rsidRDefault="00C41FE0" w:rsidP="00E94627">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE1EB3">
+            <w:r w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
-                <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>GP referrals</w:t>
             </w:r>
-            <w:r w:rsidR="00BE1EB3" w:rsidRPr="00BE1EB3">
-[...84 lines deleted...]
-            <w:r w:rsidR="00F76A72" w:rsidRPr="00BE1EB3">
+            <w:r w:rsidR="00BE1EB3" w:rsidRPr="003E7777">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">via </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>e-RS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>: select</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76A72" w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Speciality: Dietetics, Clinic Type: Food Allergy and Intolerance, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00F76A72" w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinic Name: Telephone Non IgE-mediated Cow’s Milk Allergy Rapid Access Clinic </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F46AAD2" w14:textId="03ED53DE" w:rsidR="00C41FE0" w:rsidRPr="00BE1EB3" w:rsidRDefault="00C41FE0" w:rsidP="00E94627">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
@@ -353,51 +338,51 @@
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> - s</w:t>
             </w:r>
             <w:r w:rsidRPr="008D466E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t>end form to</w:t>
             </w:r>
             <w:r w:rsidR="00610F91" w:rsidRPr="008D466E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00E94627" w:rsidRPr="008D466E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:lang w:val="en-ZA"/>
                 </w:rPr>
                 <w:t>gst-tr.selcmaracreferrals@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00610F91" w:rsidRPr="008D466E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-ZA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D466E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1971,123 +1956,123 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve"> for Parents/Carers</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00BE1EB3" w:rsidRPr="007A5C86" w14:paraId="49A02636" w14:textId="77777777" w:rsidTr="00A80BF2">
               <w:trPr>
                 <w:trHeight w:val="358"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10507" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50E43D80" w14:textId="77777777" w:rsidR="00BE1EB3" w:rsidRDefault="0020792A" w:rsidP="00BE1EB3">
+                <w:p w14:paraId="50E43D80" w14:textId="77777777" w:rsidR="00BE1EB3" w:rsidRDefault="00BE1EB3" w:rsidP="00BE1EB3">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:hyperlink r:id="rId9" w:history="1">
-                    <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:hyperlink r:id="rId13" w:history="1">
+                    <w:r w:rsidRPr="007A5C86">
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>(BDA) Milk Allergy: Food Fact Sheet</w:t>
                     </w:r>
                   </w:hyperlink>
-                  <w:r w:rsidR="00BE1EB3">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:color w:val="auto"/>
                       <w:u w:val="none"/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
-                  <w:r w:rsidR="00BE1EB3">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:u w:val="none"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:r w:rsidRPr="007A5C86">
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:hyperlink r:id="rId10" w:history="1">
-                    <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:hyperlink r:id="rId14" w:history="1">
+                    <w:r w:rsidRPr="007A5C86">
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>Formula patients: Patient factsheet (iMAP)</w:t>
                     </w:r>
                   </w:hyperlink>
-                  <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:r w:rsidRPr="007A5C86">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:r w:rsidRPr="007A5C86">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>or</w:t>
                   </w:r>
-                  <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:r w:rsidRPr="007A5C86">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:hyperlink r:id="rId11" w:history="1">
-                    <w:r w:rsidR="00BE1EB3" w:rsidRPr="007A5C86">
+                  <w:hyperlink r:id="rId15" w:history="1">
+                    <w:r w:rsidRPr="007A5C86">
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       </w:rPr>
                       <w:t>Breastfed patients:</w:t>
                     </w:r>
                   </w:hyperlink>
                 </w:p>
                 <w:p w14:paraId="6A7946DB" w14:textId="23BE26D3" w:rsidR="00523CA8" w:rsidRPr="00C94669" w:rsidRDefault="00523CA8" w:rsidP="00BE1EB3">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:ind w:left="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="10"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="1FE6B99D" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00F76A72" w:rsidP="00083671">
             <w:pPr>
               <w:tabs>
@@ -2106,75 +2091,73 @@
     </w:tbl>
     <w:p w14:paraId="721B0C1C" w14:textId="77777777" w:rsidR="0028172B" w:rsidRDefault="0028172B" w:rsidP="00F76A72">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk155098047"/>
     </w:p>
     <w:p w14:paraId="1EDFF14F" w14:textId="601E5204" w:rsidR="00F76A72" w:rsidRDefault="00F8228E" w:rsidP="00F76A72">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00F8228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">The SEL </w:t>
         </w:r>
         <w:r w:rsidR="0020792A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>G</w:t>
         </w:r>
         <w:r w:rsidRPr="00F8228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>uideline for Prescribing of Hypoallergenic Formula</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further guidance.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="305D9BC0" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="00F8228E" w:rsidRDefault="00F76A72" w:rsidP="00F76A72">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8228E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -2570,51 +2553,51 @@
               <w:t xml:space="preserve"> ……………….)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4D7271" w14:textId="77777777" w:rsidR="00F8228E" w:rsidRPr="007A5C86" w:rsidRDefault="00F8228E" w:rsidP="00083671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F2C5249" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00F76A72" w:rsidP="00083671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A5C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Source of cow’s milk protein thought to cause symptoms:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="725D9076" w14:textId="5EA3E743" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="725D9076" w14:textId="5EA3E743" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-440760943"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0052672C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -2626,95 +2609,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F76A72" w:rsidRPr="007A5C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Breastmilk (dairy consumed by mum: </w:t>
             </w:r>
             <w:r w:rsidR="00C82DA7" w:rsidRPr="00E75655">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>YES / NO</w:t>
             </w:r>
             <w:r w:rsidR="00F76A72" w:rsidRPr="007A5C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A7BE5D3" w14:textId="266040A6" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="0A7BE5D3" w14:textId="266040A6" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1659044853"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0052672C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0052672C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F76A72" w:rsidRPr="007A5C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Formula</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="757EFD09" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="757EFD09" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="427546143"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0052672C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -2907,183 +2890,183 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0DD8ACB3" w14:textId="2D8FACC3" w:rsidR="0052672C" w:rsidRPr="0052672C" w:rsidRDefault="0052672C" w:rsidP="00E628EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4367F888" w14:textId="77777777" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00E628EC" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E36ABF2" w14:textId="1ADA9E9D" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="1E36ABF2" w14:textId="1ADA9E9D" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1483383445"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="048F3CC6" w14:textId="7A15C8AB" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="048F3CC6" w14:textId="7A15C8AB" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1692260844"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="28CF961D" w14:textId="584BCBE1" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="28CF961D" w14:textId="584BCBE1" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1635824581"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3871A28E" w14:textId="57F820DC" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="3871A28E" w14:textId="57F820DC" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1893765040"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6AD6BBEB" w14:textId="3E7F6F3C" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="6AD6BBEB" w14:textId="3E7F6F3C" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1170326399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
@@ -3155,51 +3138,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7B17E7FB" w14:textId="3DB64CED" w:rsidR="0052672C" w:rsidRPr="0052672C" w:rsidRDefault="0052672C" w:rsidP="0052672C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7842EC9C" w14:textId="77777777" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00E628EC" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5305AA98" w14:textId="61518E51" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="5305AA98" w14:textId="61518E51" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1703593061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
@@ -3310,150 +3293,150 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="65CD9B58" w14:textId="2F5FA486" w:rsidR="0052672C" w:rsidRPr="0052672C" w:rsidRDefault="0052672C" w:rsidP="00E628EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="28C3D06E" w14:textId="77777777" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00E628EC" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51B2D465" w14:textId="3B6693F3" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="51B2D465" w14:textId="3B6693F3" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1044722183"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="10E57E87" w14:textId="33CEC7A2" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="10E57E87" w14:textId="33CEC7A2" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2101779878"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="213235C7" w14:textId="6D292122" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="213235C7" w14:textId="6D292122" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1014574537"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0870841D" w14:textId="01C51D6B" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="0052672C">
+          <w:p w14:paraId="0870841D" w14:textId="01C51D6B" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="0052672C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-243568453"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
@@ -3530,51 +3513,51 @@
               </w:rPr>
               <w:t>Congestion</w:t>
             </w:r>
             <w:r w:rsidR="00E628EC" w:rsidRPr="0052672C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1A70C679" w14:textId="77777777" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00E628EC" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A4B40E3" w14:textId="513DF6FE" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="0020792A" w:rsidP="00083671">
+          <w:p w14:paraId="5A4B40E3" w14:textId="513DF6FE" w:rsidR="00E628EC" w:rsidRPr="0052672C" w:rsidRDefault="00794E92" w:rsidP="00083671">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="330962047"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B970B5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
@@ -3698,162 +3681,148 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A5C86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00950E3E" w:rsidRPr="007A5C86" w14:paraId="107923DE" w14:textId="77777777" w:rsidTr="00950E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37203AAD" w14:textId="77777777" w:rsidR="00950E3E" w:rsidRDefault="00950E3E" w:rsidP="003D6509">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A77C979" w14:textId="77777777" w:rsidR="00950E3E" w:rsidRPr="007A5C86" w:rsidRDefault="00950E3E" w:rsidP="003D6509">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6509" w:rsidRPr="007A5C86" w14:paraId="27E0E753" w14:textId="77777777" w:rsidTr="003C5FD8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="58469C24" w14:textId="24F6E482" w:rsidR="003D6509" w:rsidRPr="00F43196" w:rsidRDefault="003D6509" w:rsidP="003D6509">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F43196">
-[...4 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">NB – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F43196">
-[...4 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>DO NOT</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F43196">
-[...4 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:r w:rsidRPr="003E7777">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> REFER THE FOLLOWING PATIENTS TO THIS CLINIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6509" w:rsidRPr="007A5C86" w14:paraId="7050B755" w14:textId="77777777" w:rsidTr="003C5FD8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="7E7BD96A" w14:textId="07515886" w:rsidR="003D6509" w:rsidRPr="00E628EC" w:rsidRDefault="003D6509" w:rsidP="003D6509">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>IgE</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Mediated </w:t>
+              <w:t xml:space="preserve">IgE Mediated </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Cows</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Milk Allergy with acute allergic symptoms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6509" w:rsidRPr="007A5C86" w14:paraId="1B59F028" w14:textId="77777777" w:rsidTr="00E628EC">
         <w:trPr>
           <w:trHeight w:val="1021"/>
         </w:trPr>
         <w:tc>
@@ -3937,65 +3906,56 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6509" w:rsidRPr="00E628EC" w14:paraId="244BA804" w14:textId="77777777" w:rsidTr="003C5FD8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="59C2E157" w14:textId="018A3069" w:rsidR="003D6509" w:rsidRPr="00E628EC" w:rsidRDefault="003D6509" w:rsidP="003D6509">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Non-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>IgE</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Mediated </w:t>
+              <w:t xml:space="preserve">IgE Mediated </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Cows</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E628EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Milk Allergy with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>faltering growth</w:t>
             </w:r>
           </w:p>
@@ -4130,266 +4090,257 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00F76A72" w:rsidRPr="00F8228E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F76A72" w:rsidRPr="00F8228E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00F76A72" w:rsidRPr="00F8228E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:t>local Dietetic Service</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F76A72" w:rsidRPr="00F8228E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> for urgent appointment  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAFCA97" w14:textId="77777777" w:rsidR="00F8228E" w:rsidRPr="00F8228E" w:rsidRDefault="00F8228E" w:rsidP="00F76A72">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EFBE1B7" w14:textId="77777777" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00F76A72" w:rsidP="00F76A72">
+    <w:p w14:paraId="2EFBE1B7" w14:textId="4A831726" w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidRDefault="00F76A72" w:rsidP="00F76A72">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003E7777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Enq</w:t>
+        <w:t>Enquiries only</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A5C86">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007A5C86">
+      <w:r w:rsidRPr="003E7777">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="007A5C86">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="002B383D" w:rsidRPr="003E7777">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>gst-tr.prescribingsupportdietitians@nhs.net</w:t>
+          <w:t>gstt.prescribingsupportdietitians@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00F76A72" w:rsidRPr="007A5C86" w:rsidSect="00C41FE0">
-      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D7105CB" w14:textId="77777777" w:rsidR="0092409D" w:rsidRDefault="00C135F9">
+    <w:p w14:paraId="62087C95" w14:textId="77777777" w:rsidR="00794E92" w:rsidRDefault="00794E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AF83EAC" w14:textId="77777777" w:rsidR="0092409D" w:rsidRDefault="00C135F9">
+    <w:p w14:paraId="7218B707" w14:textId="77777777" w:rsidR="00794E92" w:rsidRDefault="00794E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AC5B50D" w14:textId="77777777" w:rsidR="0092409D" w:rsidRDefault="00C135F9">
+    <w:p w14:paraId="0307225D" w14:textId="77777777" w:rsidR="00794E92" w:rsidRDefault="00794E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33B01826" w14:textId="77777777" w:rsidR="0092409D" w:rsidRDefault="00C135F9">
+    <w:p w14:paraId="6A92C60C" w14:textId="77777777" w:rsidR="00794E92" w:rsidRDefault="00794E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0645AA36" w14:textId="77777777" w:rsidR="000C73FF" w:rsidRDefault="009E1485" w:rsidP="00A949CC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0645AA36" w14:textId="77777777" w:rsidR="00F3611A" w:rsidRDefault="009E1485" w:rsidP="00A949CC">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00035649">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="626612EE" wp14:editId="00F116D9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3727450</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-147320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2743200" cy="408290"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Picture 6" descr="gstfcola"/>
           <wp:cNvGraphicFramePr>
@@ -4430,60 +4381,60 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="399F8959" w14:textId="77777777" w:rsidR="000C73FF" w:rsidRDefault="0020792A">
+  <w:p w14:paraId="399F8959" w14:textId="77777777" w:rsidR="00F3611A" w:rsidRDefault="00F3611A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D74DC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="511643AC"/>
     <w:lvl w:ilvl="0" w:tplc="04C690EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5270,261 +5221,268 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="643781479">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="808743131">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="637035863">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1361011648">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1204054562">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="388919234">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="239144268">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="392199315">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="40129569">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="955715961">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F76A72"/>
     <w:rsid w:val="00006DBA"/>
     <w:rsid w:val="000E3748"/>
     <w:rsid w:val="001A5788"/>
     <w:rsid w:val="0020792A"/>
     <w:rsid w:val="0028172B"/>
     <w:rsid w:val="00293C74"/>
+    <w:rsid w:val="002B383D"/>
     <w:rsid w:val="00393807"/>
     <w:rsid w:val="003C5FD8"/>
     <w:rsid w:val="003D6509"/>
+    <w:rsid w:val="003E7777"/>
     <w:rsid w:val="00444BA1"/>
     <w:rsid w:val="00523CA8"/>
     <w:rsid w:val="0052672C"/>
     <w:rsid w:val="005A4C59"/>
     <w:rsid w:val="00610F91"/>
     <w:rsid w:val="006548A1"/>
+    <w:rsid w:val="00654C05"/>
     <w:rsid w:val="00761E32"/>
     <w:rsid w:val="00767077"/>
     <w:rsid w:val="00773D2B"/>
+    <w:rsid w:val="00794E92"/>
     <w:rsid w:val="00847982"/>
+    <w:rsid w:val="008814E3"/>
     <w:rsid w:val="008B51D3"/>
     <w:rsid w:val="008D466E"/>
     <w:rsid w:val="008E50D7"/>
     <w:rsid w:val="0092409D"/>
     <w:rsid w:val="00925788"/>
     <w:rsid w:val="00950E3E"/>
     <w:rsid w:val="009D7FEB"/>
     <w:rsid w:val="009E1485"/>
     <w:rsid w:val="009F488C"/>
     <w:rsid w:val="00A40388"/>
     <w:rsid w:val="00A80BF2"/>
     <w:rsid w:val="00B3032A"/>
+    <w:rsid w:val="00B5452B"/>
     <w:rsid w:val="00B94660"/>
     <w:rsid w:val="00B96D61"/>
     <w:rsid w:val="00B970B5"/>
     <w:rsid w:val="00BE1EB3"/>
     <w:rsid w:val="00BE423C"/>
     <w:rsid w:val="00C135F9"/>
     <w:rsid w:val="00C15B34"/>
     <w:rsid w:val="00C41FE0"/>
     <w:rsid w:val="00C4709C"/>
     <w:rsid w:val="00C82DA7"/>
     <w:rsid w:val="00C94669"/>
     <w:rsid w:val="00CA3D50"/>
     <w:rsid w:val="00E0114A"/>
     <w:rsid w:val="00E628EC"/>
     <w:rsid w:val="00E75655"/>
     <w:rsid w:val="00E87411"/>
     <w:rsid w:val="00E94627"/>
     <w:rsid w:val="00F10B3E"/>
+    <w:rsid w:val="00F3611A"/>
     <w:rsid w:val="00F43196"/>
     <w:rsid w:val="00F458AC"/>
     <w:rsid w:val="00F76A72"/>
     <w:rsid w:val="00F8228E"/>
     <w:rsid w:val="00FB30D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5275C7DE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2FEB538-20D7-4E3D-8AC9-6C7568CB7CF6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5856,50 +5814,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F76A72"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F76A72"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
@@ -6075,57 +6034,57 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F8228E"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F8228E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.selcmaracreferrals@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.selondonics.org/download/13688/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.selondonics.org/download/13681/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpifn.files.wordpress.com/2019/10/imap-supporting-breastfeeding-factsheet.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpifn.files.wordpress.com/2019/10/imap_patient_factsheet_original.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bda.uk.com/resource/milk-allergy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.prescribingsupportdietitians@nhs.net" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bda.uk.com/resource/milk-allergy.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.prescribingsupportdietitians@nhs.net" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.selcmaracreferrals@nhs.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.selondonics.org/download/13688/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.selondonics.org/download/13681/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpifn.files.wordpress.com/2019/10/imap-supporting-breastfeeding-factsheet.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gpifn.files.wordpress.com/2019/10/imap_patient_factsheet_original.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -6353,87 +6312,274 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="c65629fe-fa3b-4d8f-b0ac-4a13011ce303" ContentTypeId="0x0101009CEB1DA2CC907747900298E7F35D742E" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="SEL CCG Document" ma:contentTypeID="0x0101009CEB1DA2CC907747900298E7F35D742E0012FAAFC186C985488CDC3C2ED755E48F" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="71b443c85aa7265aef55b1c3ee92bc82">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61553434d7f89542091fa3b51361aa0d">
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all/>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38B07653-2E4D-4276-A272-4A6212ED45E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98502634-0481-45E7-AB80-6DE7FE419053}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27EAE6CC-0B73-44B0-AD24-224BBC40D5BD}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCFB7ABF-02C2-43B8-85D5-E5997AA1EA85}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE510494-62A4-48C6-AB35-5A4D9F7F8CFA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F321B758-B9AC-453E-B8F4-0C6058FD7C94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>683</Words>
-  <Characters>3898</Characters>
+  <Words>668</Words>
+  <Characters>3904</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>169</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GSTT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4572</CharactersWithSpaces>
+  <CharactersWithSpaces>4446</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Illidge Emma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009CEB1DA2CC907747900298E7F35D742E0012FAAFC186C985488CDC3C2ED755E48F</vt:lpwstr>
+  </property>
+</Properties>
+</file>