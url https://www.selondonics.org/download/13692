--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -1,1167 +1,1115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="005734CA" w:rsidRDefault="00521151" w:rsidP="00AE4942">
+    <w:p w14:paraId="6454B87B" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="005734CA" w:rsidRDefault="00521151" w:rsidP="00AE4942">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Letter 1: Dietetic Hypoallergenic Formula</w:t>
       </w:r>
       <w:r w:rsidR="00AE4942" w:rsidRPr="005734CA">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prescription Request Letter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="213622D9" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4942">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Department of Nutrition &amp; Dietetics</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="34E3A258" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4942">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="1BD7D6B3" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4942">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19F9C24D" wp14:editId="1D9FCE01">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DF382C0" wp14:editId="71EBBDDD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-40005</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>478155</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3124200" cy="337185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21600"/>
                 <wp:lineTo x="21600" y="21600"/>
                 <wp:lineTo x="21600" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Picture 1" descr="&#10;&#10;"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="&#10;&#10;"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3124200" cy="337185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="42544481" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="35D4DA89" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4942">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Date: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="41D09329" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Clinic Name: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="79AA5A1E" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Consultant: Paediatric Dietitian</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="17502304" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Clinic Date: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="785C1C81" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00A900A5">
+    <w:p w14:paraId="00BE68B8" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00A900A5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Prescription Request </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="23C40508" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="3201C180" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dear colleague</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="08691652" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="4289F635" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The parent/carer of this patient was contacted for review via phone / </w:t>
       </w:r>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>video</w:t>
       </w:r>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the paediatric dietitian on the above date.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="41B72A1B" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="6100"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w14:paraId="594D38C0" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="2AD71DAF" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Initial Reason for Referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="199A8E2E" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Suspected </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>IgE</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> cow's milk allergy</w:t>
+              <w:t>IgE/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008112B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>non IgE cow's milk allergy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w14:paraId="035CCF22" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="028706E1" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Referred by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="111F9326" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>GP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w14:paraId="734A2862" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00E07749" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="1A8309EB" w14:textId="77777777" w:rsidR="00E07749" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Outcome of challenge with standard formula/ dairy in maternal diet</w:t>
             </w:r>
             <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (for non-</w:t>
-[...26 lines deleted...]
-          <w:p w:rsidR="00E07749" w:rsidRPr="008112B2" w:rsidRDefault="00E07749" w:rsidP="00A900A5">
+              <w:t xml:space="preserve"> (for non-IgE only)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3020498C" w14:textId="77777777" w:rsidR="00E07749" w:rsidRPr="008112B2" w:rsidRDefault="00E07749" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="61B25D25" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Initial symptoms of suspected cow's milk allergy returned on challenge.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="12AC33C1" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w14:paraId="3668393C" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="7EFC3D6C" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Relevant Medications </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="2DCD41F6" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00A900A5" w:rsidRPr="008112B2" w14:paraId="4C538421" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="5768757B" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nutrition Management Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="5D6FE2D9" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Continue dairy-free diet and hypoallergenic formula.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+          <w:p w14:paraId="285E7FA4" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
+    <w:p w14:paraId="3B00BFC1" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00A900A5">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5016" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="0BF04471" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="26C919D2" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">GP Actions </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="28D143CC" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+          <w:p w14:paraId="1B7E4A8A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Please action the below prescription requests for collection by the patient/ parent to their nominated pharmacy as per patient’s usual routine for receiving prescriptions</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+          <w:p w14:paraId="56FE5F68" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Please review volumes prescribed </w:t>
             </w:r>
@@ -1185,51 +1133,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> using the table </w:t>
             </w:r>
             <w:r w:rsidR="00DD62DB" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>on the final page</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00E07749" w:rsidP="00AE4942">
+          <w:p w14:paraId="779EF95C" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00E07749" w:rsidP="00AE4942">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
@@ -1280,705 +1228,705 @@
             <w:r w:rsidR="00AE4942" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, whichever is first.</w:t>
             </w:r>
             <w:r w:rsidR="00AE4942" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="7F22A8DF" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10491" w:type="dxa"/>
         <w:tblInd w:w="-6" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10491"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="1CA212DE" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="262626" w:themeFill="text1" w:themeFillTint="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="6FB562F4" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>****** NUTRITION PRESCRIPTION REQUEST *****</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="61F02B53" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="10BA9B9A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Standard Paediatric ACBS Indicator for Nutritional Supplements/Formula (BNF, 2016):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="01354B2B" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="55BAFAD3" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Food allergy/intolerance including cow’s milk protein allergy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="74917447" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2279"/>
         <w:gridCol w:w="1797"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1171"/>
         <w:gridCol w:w="3876"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00951D51">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="69F2FD6C" w14:textId="77777777" w:rsidTr="00951D51">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="0B26C8D3" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>PRODUCT DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00951D51">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="567E57CD" w14:textId="77777777" w:rsidTr="00951D51">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="29F10FF9" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Name &amp; Manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="1FFE80FA" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantity (g) per 28 days </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="01A6AF2C" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Tins per 28 day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="729ACEDF" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Duration (months)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="37FF4171" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Review frequency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00951D51">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="0D2B1E7A" w14:textId="77777777" w:rsidTr="00951D51">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="47FB45D0" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="0DB21D73" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="052072F0" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="48E61078" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="3D1296AC" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Every 3 months </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00951D51">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="1D8C76D3" w14:textId="77777777" w:rsidTr="00951D51">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="262626"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="4A3CE791" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Further prescriptions should not be required </w:t>
             </w:r>
@@ -2030,680 +1978,606 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="92D050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> months</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>), unless requested by a dietitian</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="30B74BA1" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5016" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="78C281A7" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="02DD2434" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Summary of consultation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="7A0BCB8A" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="58F4EEA9" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>It was a pleasure to speak with the mum of this patient today.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="4774B810" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="63C62284" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="92D050"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Patient name</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>) is growing and feeding well.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="43270096" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="4A4E6424" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">They were initially suspected of having non </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">-cow's milk allergy and commenced a trial of hypoallergenic formula </w:t>
+              <w:t xml:space="preserve">They were initially suspected of having non IgE-cow's milk allergy and commenced a trial of hypoallergenic formula </w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/ maternal dairy exclusion</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. After 4 weeks we reintroduced standard cow's milk formula/ dairy into mum's diet using the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>iMAP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> challenge reintroduction plan, and their previous symptoms returned. Non-</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008112B2">
+              <w:t xml:space="preserve"> challenge reintroduction plan, and their previous symptoms returned. Non-IgE cow's milk allergy has been confirmed</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>IgE</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> cow's milk allergy has been confirmed</w:t>
-[...51 lines deleted...]
-          <w:p w:rsidR="00951D51" w:rsidRPr="008112B2" w:rsidRDefault="00951D51" w:rsidP="00951D51">
+              <w:t>(for non-IgE only)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C649743" w14:textId="77777777" w:rsidR="00951D51" w:rsidRPr="008112B2" w:rsidRDefault="00951D51" w:rsidP="00951D51">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="318C640C" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="40E078D3" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="71E6DE06" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Resources/Education/Advice Provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="2205258C" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="7E881F2C" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Calcium requirements and calcium rich foods information provided </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="4720EA19" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Dairy free weaning diet sheet </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="54C19886" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Milk ladder information  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="3A7E2FAC" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="571DD190" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="15F79BB9" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Follow up arrangements </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00DD62DB" w:rsidRPr="008112B2" w14:paraId="16F61B26" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="2DFD547C" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">This patient will be reviewed in a virtual group session </w:t>
             </w:r>
@@ -2734,1274 +2608,1255 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>iMAP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Milk Ladder in about 5-6 months. Their parent/guardian will receive an invitation closer to the time.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="6A9EE459" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="6CAB1939" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/This patient has been discharged from our service. Please refer to their local dietetic service should they require further support regarding food allergy, nutritional or growth concerns at a later stage.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="7AF39950" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+          <w:p w14:paraId="6E4D8AC5" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">/This patient has been discharged from our service but they require further support from another </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008112B2">
+              <w:t>/This patient has been discharged from our service but they require further support from another service</w:t>
+            </w:r>
+            <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>service</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E07749" w:rsidRPr="008112B2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Please refer them to (</w:t>
+              <w:t>. Please refer them to (</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>service required</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00951D51" w:rsidRPr="008112B2" w:rsidRDefault="00951D51" w:rsidP="00DD62DB">
+          <w:p w14:paraId="2FD19962" w14:textId="77777777" w:rsidR="00951D51" w:rsidRPr="008112B2" w:rsidRDefault="00951D51" w:rsidP="00DD62DB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="7A7C2C69" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="08C0AD69" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please do not hesitate to contact me should you require any further information. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="62C952F5" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="60807B96" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Yours sincerely </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="3C1209A0" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="1B081AB1" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>(Name)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="20F4AA6E" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="653B054A" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Senior Specialist Paediatric Prescribing Support Dietitian</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="2446E517" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="4ECF6AD6" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>South East London ICB Medicines Optimisation </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="06427886" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Guy's and St </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Thomas'</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> NHS Foundation Trust</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="3F166BEB" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Email (Prescribing Queries): </w:t>
+        <w:t>Email (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="008112B2">
+      <w:r w:rsidRPr="00D43651">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Prescribing Queries): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="000563E1" w:rsidRPr="00D43651">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs w:val="0"/>
-            <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>gst-tr.prescribingsupportdietitians@nhs.net</w:t>
+          <w:t>gstt.prescribingsupportdietitians@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="5A36FBE6" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
+    <w:p w14:paraId="0A6A851E" w14:textId="77777777" w:rsidR="00DD62DB" w:rsidRPr="008112B2" w:rsidRDefault="00DD62DB" w:rsidP="00DD62DB">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="33818C38" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cc: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="0BECFC4A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Private and Confidential   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="1D976259" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Parent/ care</w:t>
       </w:r>
       <w:r w:rsidR="00A900A5" w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
+    <w:p w14:paraId="53A4C467" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
+    <w:p w14:paraId="730F759D" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
+    <w:p w14:paraId="331FEBD7" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
+    <w:p w14:paraId="6AA76ED8" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="34544935" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="20894FF2" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="4ECCBAA6" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="1F2153F0" w14:textId="77777777" w:rsidR="004560B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00494879" w:rsidRDefault="00494879" w:rsidP="00AE4942">
+    <w:p w14:paraId="5C9DEBA9" w14:textId="77777777" w:rsidR="00494879" w:rsidRDefault="00494879" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00494879" w:rsidRDefault="00494879" w:rsidP="00AE4942">
+    <w:p w14:paraId="3166AB8E" w14:textId="77777777" w:rsidR="00494879" w:rsidRDefault="00494879" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00494879" w:rsidRPr="008112B2" w:rsidRDefault="00494879" w:rsidP="00AE4942">
+    <w:p w14:paraId="4AD03569" w14:textId="77777777" w:rsidR="00494879" w:rsidRPr="008112B2" w:rsidRDefault="00494879" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="309DDA48" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
+    <w:p w14:paraId="32CBCD88" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
+    <w:p w14:paraId="4F9897EC" w14:textId="77777777" w:rsidR="00A900A5" w:rsidRPr="008112B2" w:rsidRDefault="00A900A5" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="2C091772" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Recommended volumes (for 28 days) for repeat prescriptions based on age</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="73D53AAA" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="6520"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w14:paraId="7CD3EBCB" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="56388C2F" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Age</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="5266CDCD" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>General Advice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="4CF20C6F" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Formula quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w14:paraId="181D19AB" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="6909B30B" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>0-3 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="3426A735" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>If exclusively formula fed, 150ml/kg/day of formula is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="49E9598C" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 x 400g (4000g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w14:paraId="595655DE" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="2F6E6560" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4-6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="3933ECD1" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="1810D8B5" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13 x 400g (5200g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w14:paraId="0223ED44" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="602915BD" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7-9 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00EC1D17">
+          <w:p w14:paraId="2333E9AD" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00EC1D17">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Early weaning stage. Less formula as solid food intake increases.  </w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>120ml/kg/day of formula is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="1998488C" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10 x 400g (4000g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidTr="00A900A5">
+      <w:tr w:rsidR="00EC1D17" w:rsidRPr="008112B2" w14:paraId="4046CC1E" w14:textId="77777777" w:rsidTr="00A900A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="37520B57" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10-12 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00EC1D17">
+          <w:p w14:paraId="6189E6F1" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00EC1D17">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced weaning stage. Less formula as solid food intake increases. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
+          <w:p w14:paraId="026D9055" w14:textId="77777777" w:rsidR="00EC1D17" w:rsidRPr="008112B2" w:rsidRDefault="00EC1D17" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8 x 400g (3200g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidTr="00845C75">
+      <w:tr w:rsidR="004560B2" w:rsidRPr="008112B2" w14:paraId="3616BD96" w14:textId="77777777" w:rsidTr="00845C75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00801870">
+          <w:p w14:paraId="7711806D" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="00801870">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12+ months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8930" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="004560B2">
+          <w:p w14:paraId="7578CB28" w14:textId="77777777" w:rsidR="004560B2" w:rsidRPr="008112B2" w:rsidRDefault="004560B2" w:rsidP="004560B2">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prescription should be </w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>stopped</w:t>
             </w:r>
@@ -4011,291 +3866,289 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> at 12 months and if cow</w:t>
             </w:r>
             <w:r w:rsidR="00494879">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>s milk allergy persists, replace with appropriate shop bought plant-based milk alternative or foods as part of a balanced toddler diet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="2173E74E" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="767D5D92" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008112B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mixed-fed infants: Recommended volumes (for 28 days) based on formula intake over 24 hours</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10480" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="938"/>
         <w:gridCol w:w="938"/>
         <w:gridCol w:w="2225"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="7E3A6BB6" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="427B99C2" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Oz/day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="1AC67AB9" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ml/day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="4B5EDD7A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Formula quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="11637C19" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>400g tins</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+          <w:p w14:paraId="309C7857" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00F562B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4317,2425 +4170,2432 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="7DC1705A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>800g tins</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="0100293B" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(e.g. Aptamil Pepti 1 &amp; 2®)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="5E2C4478" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="22431690" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="02C5517B" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>300ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="66D393E1" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1600g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="5DDD016B" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="028C5F2F" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="70B48B51" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="634BAADA" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="68E65651" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>400ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="678A5B8F" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2000g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="41E759A3" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="63669023" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="5F089484" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="5951A540" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>17oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="2C3D67C9" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>500ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="4AC35433" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2400g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="4281FB9F" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="0F9EED76" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="17D5A79C" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="6736852F" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="31A0583B" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>600ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="6F65A872" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2800g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="29FC1587" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="46D2961D" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="00636F8E" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="7A8BD3AD" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>24oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="6144830A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>700ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="1C6405C1" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3200g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="443D7EE7" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="063A29D4" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="42A6DC85" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="01BB3D48" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>27oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="072AAA75" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>800ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="0ADA0E4E" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3600g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="6A6388AF" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="077F8891" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="5E8AD912" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="1666BCDA" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="7E67A533" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>900ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="69398398" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4000g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="5E7A57FA" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="168DF208" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="5104F39A" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="0FB68246" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>33oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="67B07F22" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1000ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="790A3508" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4400g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="17A17383" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="27D928F4" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidTr="00AE4942">
+      <w:tr w:rsidR="00AE4942" w:rsidRPr="008112B2" w14:paraId="4E70E893" w14:textId="77777777" w:rsidTr="00AE4942">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="4602486A" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>36oz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="60A0F2CE" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1100ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="198FC30C" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4800g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="3B3A60A7" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
+          <w:p w14:paraId="499AB079" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="008112B2" w:rsidRDefault="00AE4942" w:rsidP="00667F91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008112B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C4709C" w:rsidRPr="008112B2" w:rsidRDefault="00C4709C" w:rsidP="00AE4942">
+    <w:p w14:paraId="5C972857" w14:textId="77777777" w:rsidR="00C4709C" w:rsidRPr="008112B2" w:rsidRDefault="00C4709C" w:rsidP="00AE4942">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C4709C" w:rsidRPr="008112B2" w:rsidSect="00AE4942">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="36E8EFF0" w14:textId="77777777" w:rsidR="00304E66" w:rsidRDefault="00304E66" w:rsidP="00AE4942">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="1DCDD8C2" w14:textId="77777777" w:rsidR="00304E66" w:rsidRDefault="00304E66" w:rsidP="00AE4942">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D19C69C" w14:textId="77777777" w:rsidR="00D43651" w:rsidRDefault="00D43651">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45C654B0" w14:textId="12F82771" w:rsidR="00AE4942" w:rsidRPr="00D43651" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
       <w:ind w:left="-284" w:right="-709"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003F5803">
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:t>Approval date:</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00FF1C69">
+    <w:r w:rsidR="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
-      <w:t>May 2022</w:t>
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="003F5803">
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                       </w:t>
+      <w:t xml:space="preserve">              </w:t>
     </w:r>
-    <w:r w:rsidRPr="003F5803">
-[...7 lines deleted...]
-    <w:r w:rsidRPr="003F5803">
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:t>Review date:</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00FF1C69">
+    <w:r w:rsidR="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
-      <w:t>May 2024</w:t>
+      <w:t>January 2028</w:t>
     </w:r>
-    <w:r w:rsidRPr="003F5803">
+    <w:r w:rsidRPr="00D43651">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs w:val="0"/>
-        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:t xml:space="preserve"> (or sooner if evidence or practice changes)</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AE4942" w:rsidRDefault="00F562B6" w:rsidP="00AE4942">
+  <w:p w14:paraId="64ABCE8F" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRDefault="00304E66" w:rsidP="00AE4942">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-1755572846"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Watermarks"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00AE4942" w:rsidRPr="003F5803">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:color w:val="FF0000"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Not to be used for commercial or marketing purposes. Strictly for use within the NHS.</w:t>
         </w:r>
         <w:r w:rsidR="00AE4942" w:rsidRPr="003F5803">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="FF0000"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w:rsidR="00AE4942" w:rsidRPr="003F5803" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+  <w:p w14:paraId="28AE7FFC" w14:textId="77777777" w:rsidR="00D43651" w:rsidRPr="00B9091E" w:rsidRDefault="00D43651" w:rsidP="00D43651">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00AE4942" w:rsidRPr="00FF1C69" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+  <w:p w14:paraId="4970BC7D" w14:textId="77777777" w:rsidR="00D43651" w:rsidRPr="00720E7D" w:rsidRDefault="00D43651" w:rsidP="00D43651">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:r w:rsidRPr="00FF1C69">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>South East London Integrated Medicines Optimisation Committee (SEL IMOC). A partnership between NHS organisations in South East London: South East London Clinical Commissioning Group (covering the boroughs of Bexley/Bromley/Greenwich/ Lambeth/Lewisham and Southwark) and GSTFT/KCH /</w:t>
-[...2 lines deleted...]
-    <w:r w:rsidRPr="00FF1C69">
+    </w:pPr>
+    <w:r w:rsidRPr="00B9091E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>SLaM</w:t>
+      <w:t>South East London Integrated Medicines Optimisation Committee (SEL IMOC). A partnership between NHS organisations in South East London: South East London ICB (covering the boroughs of Bexley/Bromley/Greenwich/ Lambeth/Lewisham and Southwark) and GSTT/KCH /SLaM/ Oxleas NHS Foundation Trusts and</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00FF1C69">
+    <w:r w:rsidRPr="00720E7D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">/ </w:t>
+      <w:t xml:space="preserve"> Lewisham &amp; Greenwich NHS Trust</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00FF1C69">
+  </w:p>
+  <w:p w14:paraId="23DE20A1" w14:textId="71FD979E" w:rsidR="00AE4942" w:rsidRPr="00FF1C69" w:rsidRDefault="00AE4942" w:rsidP="00D43651">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Oxleas</w:t>
-[...10 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37EC9E37" w14:textId="77777777" w:rsidR="00D43651" w:rsidRDefault="00D43651">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="6DB98DD1" w14:textId="77777777" w:rsidR="00304E66" w:rsidRDefault="00304E66" w:rsidP="00AE4942">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE4942" w:rsidRDefault="00AE4942" w:rsidP="00AE4942">
+    <w:p w14:paraId="62AD9EED" w14:textId="77777777" w:rsidR="00304E66" w:rsidRDefault="00304E66" w:rsidP="00AE4942">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00745BEE" w:rsidRDefault="00AE4942">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A7A36E9" w14:textId="77777777" w:rsidR="00D43651" w:rsidRDefault="00D43651">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A7DD720" w14:textId="77777777" w:rsidR="00745BEE" w:rsidRDefault="00AE4942">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB721F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:highlight w:val="yellow"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6672B1DC" wp14:editId="591E2D72">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D755548" wp14:editId="6955636D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5587340</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-266065</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1133475" cy="407670"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20187"/>
               <wp:lineTo x="21418" y="20187"/>
               <wp:lineTo x="21418" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="485" name="Picture 485"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6771,51 +6631,51 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00AB721F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:highlight w:val="yellow"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75C25729" wp14:editId="3B96BD8D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BD43640" wp14:editId="6731ED12">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>12220361</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-337185</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1133475" cy="407670"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20187"/>
               <wp:lineTo x="21418" y="20187"/>
               <wp:lineTo x="21418" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="487" name="Picture 487"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6850,100 +6710,110 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00AB721F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>South East London Guideline for the management of cows’ milk allergy</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AE4942" w:rsidRPr="00AB721F" w:rsidRDefault="00745BEE">
+  <w:p w14:paraId="08B2BA19" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AB721F" w:rsidRDefault="00745BEE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>And prescribing of hypoallergenic formula</w:t>
     </w:r>
     <w:r w:rsidR="00AE4942" w:rsidRPr="00AB721F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve"> in primary care</w:t>
     </w:r>
     <w:r w:rsidR="00AE4942" w:rsidRPr="00AB721F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:highlight w:val="yellow"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AE4942" w:rsidRPr="00AB721F" w:rsidRDefault="00AE4942">
+  <w:p w14:paraId="4B9A11E5" w14:textId="77777777" w:rsidR="00AE4942" w:rsidRPr="00AB721F" w:rsidRDefault="00AE4942">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34F93C9D" w14:textId="77777777" w:rsidR="00D43651" w:rsidRDefault="00D43651">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A15590E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DCA65CC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7175,158 +7045,167 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1156343313">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1920021416">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE4942"/>
+    <w:rsid w:val="000563E1"/>
     <w:rsid w:val="001A3C2B"/>
+    <w:rsid w:val="00304E66"/>
     <w:rsid w:val="004560B2"/>
     <w:rsid w:val="004757D6"/>
     <w:rsid w:val="00494879"/>
     <w:rsid w:val="00521151"/>
+    <w:rsid w:val="00654C05"/>
     <w:rsid w:val="006C1422"/>
     <w:rsid w:val="00745BEE"/>
     <w:rsid w:val="00773D2B"/>
+    <w:rsid w:val="007E3A5C"/>
     <w:rsid w:val="008112B2"/>
+    <w:rsid w:val="008814E3"/>
     <w:rsid w:val="00951D51"/>
     <w:rsid w:val="00A826DF"/>
     <w:rsid w:val="00A900A5"/>
     <w:rsid w:val="00AB721F"/>
     <w:rsid w:val="00AE4942"/>
+    <w:rsid w:val="00BD0DF3"/>
+    <w:rsid w:val="00C07FBB"/>
     <w:rsid w:val="00C32687"/>
     <w:rsid w:val="00C4709C"/>
+    <w:rsid w:val="00CB4922"/>
     <w:rsid w:val="00CE2C08"/>
+    <w:rsid w:val="00D43651"/>
     <w:rsid w:val="00DD62DB"/>
     <w:rsid w:val="00E07749"/>
     <w:rsid w:val="00E36586"/>
     <w:rsid w:val="00EC1D17"/>
     <w:rsid w:val="00F562B6"/>
     <w:rsid w:val="00F952B9"/>
     <w:rsid w:val="00FF1C69"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="32059C59"/>
+  <w14:docId w14:val="758F9692"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A4069E63-986D-4411-BDF1-BA9607AD220F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7658,50 +7537,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE4942"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
@@ -7936,64 +7816,87 @@
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EC1D17"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000563E1"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000563E1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.prescribingsupportdietitians@nhs.net" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.prescribingsupportdietitians@nhs.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -8214,74 +8117,261 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="c65629fe-fa3b-4d8f-b0ac-4a13011ce303" ContentTypeId="0x0101009CEB1DA2CC907747900298E7F35D742E" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="SEL CCG Document" ma:contentTypeID="0x0101009CEB1DA2CC907747900298E7F35D742E0012FAAFC186C985488CDC3C2ED755E48F" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="71b443c85aa7265aef55b1c3ee92bc82">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61553434d7f89542091fa3b51361aa0d">
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all/>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19CDF1C2-0DFB-4F1C-948E-81FC7D901D9A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FD7F73F-22B8-487C-A144-5A7BC6931771}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3948DCD5-2370-45B6-8731-CF600979A93F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4514A42E-E46B-4E8D-80A2-60A9D6C4C564}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>660</Words>
-  <Characters>3764</Characters>
+  <Words>664</Words>
+  <Characters>3743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>207</Lines>
+  <Paragraphs>151</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GSTT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4416</CharactersWithSpaces>
+  <CharactersWithSpaces>4256</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Illidge Emma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009CEB1DA2CC907747900298E7F35D742E0012FAAFC186C985488CDC3C2ED755E48F</vt:lpwstr>
+  </property>
+</Properties>
+</file>